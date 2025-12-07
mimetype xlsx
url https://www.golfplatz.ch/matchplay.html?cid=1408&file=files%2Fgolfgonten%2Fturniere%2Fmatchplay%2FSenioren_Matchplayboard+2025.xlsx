--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -13,88 +13,88 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\25_Dateiablage\Turniere\Matchplay\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{842EA24E-1EED-4E89-9158-562243AC5359}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7BA6F610-4B27-4788-A6A7-5E3F39AF3626}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4680" yWindow="720" windowWidth="22635" windowHeight="20880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
     <sheet name="Tabelle2" sheetId="2" r:id="rId2"/>
     <sheet name="Tabelle3" sheetId="3" r:id="rId3"/>
     <sheet name="Tabelle4" sheetId="4" r:id="rId4"/>
     <sheet name="Tabelle5" sheetId="5" r:id="rId5"/>
     <sheet name="Tabelle6" sheetId="6" r:id="rId6"/>
     <sheet name="Tabelle7" sheetId="7" r:id="rId7"/>
     <sheet name="Tabelle8" sheetId="8" r:id="rId8"/>
     <sheet name="Tabelle9" sheetId="9" r:id="rId9"/>
     <sheet name="Tabelle10" sheetId="10" r:id="rId10"/>
     <sheet name="Tabelle11" sheetId="11" r:id="rId11"/>
     <sheet name="Tabelle12" sheetId="12" r:id="rId12"/>
     <sheet name="Tabelle13" sheetId="13" r:id="rId13"/>
     <sheet name="Tabelle14" sheetId="14" r:id="rId14"/>
     <sheet name="Tabelle15" sheetId="15" r:id="rId15"/>
     <sheet name="Tabelle16" sheetId="16" r:id="rId16"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Tabelle1!$B$2:$M$138</definedName>
   </definedNames>
   <calcPr calcId="92512"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="59">
   <si>
     <t>1. Runde</t>
   </si>
   <si>
     <t>zu spielen</t>
   </si>
   <si>
     <t>2. Runde</t>
   </si>
   <si>
     <t>3. Runde</t>
   </si>
   <si>
     <t>4. Runde</t>
   </si>
   <si>
     <t>Finale</t>
   </si>
   <si>
     <t>Sieger</t>
   </si>
   <si>
     <t>Halbfinale</t>
   </si>
   <si>
@@ -224,50 +224,64 @@
     <t>bis SO 06.07.</t>
   </si>
   <si>
     <t>bis SO 18.05.</t>
   </si>
   <si>
     <t>bis SO 08.06.</t>
   </si>
   <si>
     <t>Senioren Matchplay Board 2025</t>
   </si>
   <si>
     <t>Manfred Brechtbühl</t>
   </si>
   <si>
     <t>bis Mi 01.10.</t>
   </si>
   <si>
     <t>bis zum 1.10. gespielt sein!</t>
   </si>
   <si>
     <t>Joe Meier</t>
   </si>
   <si>
     <t>W.O.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">               </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> ausgelost</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -887,52 +901,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O145"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A30" workbookViewId="0">
-      <selection activeCell="L70" sqref="L70"/>
+    <sheetView tabSelected="1" topLeftCell="A42" workbookViewId="0">
+      <selection activeCell="L74" sqref="L74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="13.35" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="0.140625" style="1" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="19" style="2" customWidth="1"/>
     <col min="5" max="5" width="0.140625" style="1" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="18.85546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="1.5703125" style="1" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="18.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="1.28515625" style="1" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="15.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="1" style="1" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="15.42578125" style="1" customWidth="1"/>
     <col min="13" max="13" width="13.42578125" style="1" customWidth="1"/>
     <col min="14" max="14" width="13.28515625" style="1" customWidth="1"/>
     <col min="15" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B2" s="3"/>
       <c r="C2" s="4"/>
@@ -2160,91 +2174,97 @@
       <c r="B71" s="12"/>
       <c r="C71" s="13"/>
       <c r="D71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="E71" s="15"/>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15"/>
       <c r="I71" s="15"/>
       <c r="J71" s="36"/>
       <c r="K71" s="15"/>
       <c r="L71" s="12"/>
       <c r="M71" s="2"/>
       <c r="N71" s="2"/>
       <c r="O71" s="2"/>
     </row>
     <row r="72" spans="1:15" ht="13.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A72" s="8"/>
       <c r="B72" s="14"/>
       <c r="C72" s="15"/>
       <c r="D72" s="15"/>
       <c r="E72" s="15"/>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
-      <c r="H72" s="15"/>
+      <c r="H72" s="15" t="s">
+        <v>58</v>
+      </c>
       <c r="I72" s="15"/>
       <c r="J72" s="36" t="s">
         <v>11</v>
       </c>
       <c r="K72" s="15"/>
-      <c r="L72" s="14"/>
+      <c r="L72" s="14" t="s">
+        <v>26</v>
+      </c>
       <c r="M72" s="26" t="s">
         <v>37</v>
       </c>
       <c r="N72" s="2"/>
       <c r="O72" s="2"/>
     </row>
     <row r="73" spans="1:15" ht="13.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
       <c r="I73" s="2"/>
       <c r="J73" s="5"/>
       <c r="K73" s="2"/>
       <c r="L73" s="16"/>
       <c r="M73" s="2"/>
       <c r="N73" s="2"/>
       <c r="O73" s="2"/>
     </row>
     <row r="74" spans="1:15" ht="13.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B74" s="14"/>
       <c r="C74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
       <c r="J74" s="5" t="s">
         <v>12</v>
       </c>
       <c r="K74" s="2"/>
-      <c r="L74" s="27"/>
+      <c r="L74" s="27" t="s">
+        <v>31</v>
+      </c>
       <c r="M74" s="2"/>
       <c r="N74" s="2"/>
       <c r="O74" s="2"/>
     </row>
     <row r="75" spans="1:15" ht="13.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B75" s="12"/>
       <c r="C75" s="28"/>
       <c r="D75" s="14" t="s">
         <v>56</v>
       </c>
       <c r="E75" s="15"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
       <c r="J75" s="2"/>
       <c r="K75" s="2"/>
       <c r="L75" s="16"/>
       <c r="M75" s="2"/>
       <c r="N75" s="2"/>
       <c r="O75" s="2"/>
     </row>
     <row r="76" spans="1:15" ht="13.35" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B76" s="14"/>
       <c r="C76" s="2"/>